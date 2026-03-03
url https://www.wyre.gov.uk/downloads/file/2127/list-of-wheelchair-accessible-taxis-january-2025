--- v0 (2025-10-13)
+++ v1 (2026-03-03)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="382FBA08" w14:textId="77777777" w:rsidR="0008460A" w:rsidRPr="00600DE4" w:rsidRDefault="0008460A" w:rsidP="00600DE4">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00600DE4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="54FDC950" wp14:editId="591CE771">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>7157818</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-10795</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1608992" cy="685800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -99,2542 +99,1779 @@
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00600DE4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>List of wheelchair accessible vehicles designated for the purposes of section 165 of the Act</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A00A677" w14:textId="15E89CC2" w:rsidR="0008460A" w:rsidRPr="00A30749" w:rsidRDefault="0008460A" w:rsidP="0008460A">
+    <w:p w14:paraId="1A00A677" w14:textId="0CFB1344" w:rsidR="0008460A" w:rsidRPr="00A30749" w:rsidRDefault="0008460A" w:rsidP="0008460A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A30749">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Last updated</w:t>
       </w:r>
       <w:r w:rsidR="00A505CA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="001D0AB7">
+      <w:r w:rsidR="006F6DDD">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>20 January 2025</w:t>
+        <w:t>7 January 2026</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="0420" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
+        <w:gridCol w:w="1591"/>
         <w:gridCol w:w="1599"/>
-        <w:gridCol w:w="1608"/>
-        <w:gridCol w:w="1687"/>
+        <w:gridCol w:w="1685"/>
         <w:gridCol w:w="2230"/>
-        <w:gridCol w:w="1831"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1937"/>
+        <w:gridCol w:w="1824"/>
+        <w:gridCol w:w="1511"/>
+        <w:gridCol w:w="1581"/>
+        <w:gridCol w:w="1927"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00907C29" w:rsidRPr="00C33D60" w14:paraId="21D333A5" w14:textId="77777777" w:rsidTr="004712EC">
-[...2 lines deleted...]
-            <w:tcW w:w="1603" w:type="dxa"/>
+      <w:tr w:rsidR="00907C29" w:rsidRPr="00C33D60" w14:paraId="21D333A5" w14:textId="77777777" w:rsidTr="006F6DDD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1600" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="25FEE9BD" w14:textId="77777777" w:rsidR="00907C29" w:rsidRPr="00C33D60" w:rsidRDefault="00907C29" w:rsidP="00C33D60">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C33D60">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Hackney carriage (HC) or Private hire vehicle (PHV)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1612" w:type="dxa"/>
+            <w:tcW w:w="1608" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="3F59CE94" w14:textId="77777777" w:rsidR="00907C29" w:rsidRPr="00C33D60" w:rsidRDefault="00907C29" w:rsidP="00C33D60">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C33D60">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Plate number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1688" w:type="dxa"/>
+            <w:tcW w:w="1687" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="7356D236" w14:textId="77777777" w:rsidR="00907C29" w:rsidRPr="00C33D60" w:rsidRDefault="00907C29" w:rsidP="00C33D60">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C33D60">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Registration</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2204" w:type="dxa"/>
+            <w:tcW w:w="2230" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="64CB68A3" w14:textId="77777777" w:rsidR="00907C29" w:rsidRPr="00C33D60" w:rsidRDefault="00907C29" w:rsidP="00C33D60">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C33D60">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Company/contact</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1833" w:type="dxa"/>
+            <w:tcW w:w="1827" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="6A7A1B57" w14:textId="77777777" w:rsidR="00907C29" w:rsidRPr="00C33D60" w:rsidRDefault="00907C29" w:rsidP="00C33D60">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C33D60">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Contact number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1463" w:type="dxa"/>
+            <w:tcW w:w="1460" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="6977C88C" w14:textId="77777777" w:rsidR="00907C29" w:rsidRPr="00C33D60" w:rsidRDefault="00907C29" w:rsidP="00C33D60">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C33D60">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Vehicle make</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1602" w:type="dxa"/>
+            <w:tcW w:w="1597" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="33558AF0" w14:textId="77777777" w:rsidR="00907C29" w:rsidRPr="00C33D60" w:rsidRDefault="00907C29" w:rsidP="00C33D60">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C33D60">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>model</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1943" w:type="dxa"/>
+            <w:tcW w:w="1939" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="73BFD820" w14:textId="77777777" w:rsidR="00907C29" w:rsidRPr="00C33D60" w:rsidRDefault="00907C29" w:rsidP="00F22DF5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Maximum </w:t>
             </w:r>
             <w:r w:rsidR="00F22DF5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>w</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>heelchair weight including a seated passenger in kg’s</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00907C29" w:rsidRPr="00C33D60" w14:paraId="74EDE09F" w14:textId="77777777" w:rsidTr="004712EC">
-[...4 lines deleted...]
-          <w:p w14:paraId="2EB5E34F" w14:textId="77777777" w:rsidR="00907C29" w:rsidRPr="00140819" w:rsidRDefault="00907C29" w:rsidP="0008460A">
+      <w:tr w:rsidR="00907C29" w:rsidRPr="00C33D60" w14:paraId="74EDE09F" w14:textId="77777777" w:rsidTr="006F6DDD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1600" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EB5E34F" w14:textId="2B79B667" w:rsidR="00907C29" w:rsidRPr="00140819" w:rsidRDefault="006F6DDD" w:rsidP="0008460A">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00140819">
-[...11 lines deleted...]
-          <w:p w14:paraId="12DE1C74" w14:textId="77777777" w:rsidR="00907C29" w:rsidRPr="00140819" w:rsidRDefault="00432213" w:rsidP="0008460A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>HCV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12DE1C74" w14:textId="565AF9B3" w:rsidR="00907C29" w:rsidRPr="00140819" w:rsidRDefault="006F6DDD" w:rsidP="0008460A">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00140819">
-[...106 lines deleted...]
-          <w:p w14:paraId="61A43E10" w14:textId="77777777" w:rsidR="00907C29" w:rsidRPr="00140819" w:rsidRDefault="00907C29" w:rsidP="0008460A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>HCV021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1687" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DF63DF1" w14:textId="608CBADB" w:rsidR="00907C29" w:rsidRPr="006F6DDD" w:rsidRDefault="006F6DDD" w:rsidP="006F6DDD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F6DDD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>EXZ 3147</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2230" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AB34269" w14:textId="019BD7C5" w:rsidR="00907C29" w:rsidRPr="006F6DDD" w:rsidRDefault="006F6DDD" w:rsidP="006F6DDD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F6DDD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Fleetwood Taxis Limited</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1827" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A07735C" w14:textId="781689FF" w:rsidR="00907C29" w:rsidRPr="006F6DDD" w:rsidRDefault="006F6DDD" w:rsidP="006F6DDD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F6DDD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>01253872000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1460" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AE1799F" w14:textId="52C39258" w:rsidR="00907C29" w:rsidRPr="006F6DDD" w:rsidRDefault="006F6DDD" w:rsidP="006F6DDD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F6DDD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Volkswagen</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7703A37F" w14:textId="33D22D36" w:rsidR="00907C29" w:rsidRPr="006F6DDD" w:rsidRDefault="006F6DDD" w:rsidP="006F6DDD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F6DDD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Caddy Maxi Life </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F6DDD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Tdi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61A43E10" w14:textId="06C36DE3" w:rsidR="00907C29" w:rsidRPr="00140819" w:rsidRDefault="006F6DDD" w:rsidP="0008460A">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00140819">
-[...3 lines deleted...]
-              <w:t>300</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>240</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00432213" w:rsidRPr="00C33D60" w14:paraId="327D8927" w14:textId="77777777" w:rsidTr="004712EC">
-[...4 lines deleted...]
-          <w:p w14:paraId="08075774" w14:textId="77777777" w:rsidR="00432213" w:rsidRPr="00140819" w:rsidRDefault="0012186E" w:rsidP="0008460A">
+      <w:tr w:rsidR="00432213" w:rsidRPr="00C33D60" w14:paraId="327D8927" w14:textId="77777777" w:rsidTr="006F6DDD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1600" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08075774" w14:textId="02ACD9BA" w:rsidR="00432213" w:rsidRPr="00140819" w:rsidRDefault="006F6DDD" w:rsidP="0008460A">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00140819">
-[...11 lines deleted...]
-          <w:p w14:paraId="1CB2A694" w14:textId="77777777" w:rsidR="00432213" w:rsidRPr="00140819" w:rsidRDefault="0012186E" w:rsidP="0008460A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>HCV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CB2A694" w14:textId="08CD3206" w:rsidR="00432213" w:rsidRPr="00140819" w:rsidRDefault="006F6DDD" w:rsidP="0008460A">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00140819">
-[...106 lines deleted...]
-          <w:p w14:paraId="428CE6C2" w14:textId="77777777" w:rsidR="00432213" w:rsidRPr="00140819" w:rsidRDefault="0012186E" w:rsidP="0008460A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>HCV083</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1687" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CAD4067" w14:textId="11E93B4E" w:rsidR="00432213" w:rsidRPr="006F6DDD" w:rsidRDefault="006F6DDD" w:rsidP="006F6DDD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F6DDD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SJ69 OES</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2230" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D8C7194" w14:textId="28BD4F66" w:rsidR="00432213" w:rsidRPr="006F6DDD" w:rsidRDefault="006F6DDD" w:rsidP="006F6DDD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F6DDD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Cleveleys Taxis Limited</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1827" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FEE2384" w14:textId="13B8F519" w:rsidR="00432213" w:rsidRPr="006F6DDD" w:rsidRDefault="006F6DDD" w:rsidP="006F6DDD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F6DDD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>01253856767</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1460" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DD55665" w14:textId="78152655" w:rsidR="00432213" w:rsidRPr="006F6DDD" w:rsidRDefault="006F6DDD" w:rsidP="006F6DDD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F6DDD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Volkswagen</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C60398E" w14:textId="211D3208" w:rsidR="00432213" w:rsidRPr="006F6DDD" w:rsidRDefault="006F6DDD" w:rsidP="006F6DDD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F6DDD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Caddy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="428CE6C2" w14:textId="27BCDF90" w:rsidR="00432213" w:rsidRPr="00140819" w:rsidRDefault="006F6DDD" w:rsidP="0008460A">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00140819">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B1970" w:rsidRPr="00C33D60" w14:paraId="4A20D221" w14:textId="77777777" w:rsidTr="004712EC">
-[...4 lines deleted...]
-          <w:p w14:paraId="15036D7E" w14:textId="77777777" w:rsidR="000B1970" w:rsidRPr="00140819" w:rsidRDefault="000B1970" w:rsidP="000B1970">
+      <w:tr w:rsidR="000B1970" w:rsidRPr="00C33D60" w14:paraId="4A20D221" w14:textId="77777777" w:rsidTr="006F6DDD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1600" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15036D7E" w14:textId="4C4CC64A" w:rsidR="000B1970" w:rsidRPr="00140819" w:rsidRDefault="006F6DDD" w:rsidP="000B1970">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00140819">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>PHV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1612" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3F8C49D3" w14:textId="77777777" w:rsidR="000B1970" w:rsidRPr="00140819" w:rsidRDefault="000B1970" w:rsidP="000B1970">
+            <w:tcW w:w="1608" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F8C49D3" w14:textId="4AA7D2FB" w:rsidR="000B1970" w:rsidRPr="00140819" w:rsidRDefault="006F6DDD" w:rsidP="000B1970">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00140819">
-[...11 lines deleted...]
-          <w:p w14:paraId="03F8EF55" w14:textId="77777777" w:rsidR="000B1970" w:rsidRPr="00140819" w:rsidRDefault="000B1970" w:rsidP="000B1970">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>PHV0686</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1687" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03F8EF55" w14:textId="3B94C759" w:rsidR="000B1970" w:rsidRPr="006F6DDD" w:rsidRDefault="006F6DDD" w:rsidP="006F6DDD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F6DDD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>WX05 MSO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2230" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="000254E4" w14:textId="070011F3" w:rsidR="000B1970" w:rsidRPr="006F6DDD" w:rsidRDefault="006F6DDD" w:rsidP="006F6DDD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F6DDD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>121 PJH Travel</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1827" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="747F6D77" w14:textId="399F847E" w:rsidR="000B1970" w:rsidRPr="006F6DDD" w:rsidRDefault="006F6DDD" w:rsidP="006F6DDD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F6DDD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>07730467659</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1460" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="579768BD" w14:textId="5E6C8B61" w:rsidR="000B1970" w:rsidRPr="006F6DDD" w:rsidRDefault="006F6DDD" w:rsidP="006F6DDD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F6DDD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Renault</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75929652" w14:textId="77777777" w:rsidR="006F6DDD" w:rsidRPr="006F6DDD" w:rsidRDefault="006F6DDD" w:rsidP="006F6DDD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F6DDD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Trafic</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="669A01AF" w14:textId="00858169" w:rsidR="000B1970" w:rsidRPr="006F6DDD" w:rsidRDefault="000B1970" w:rsidP="000B1970">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-              </w:rPr>
-[...89 lines deleted...]
-          <w:p w14:paraId="3D3F8D69" w14:textId="77777777" w:rsidR="000B1970" w:rsidRPr="00140819" w:rsidRDefault="000B1970" w:rsidP="000B1970">
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D3F8D69" w14:textId="629B14C8" w:rsidR="000B1970" w:rsidRPr="00140819" w:rsidRDefault="006F6DDD" w:rsidP="000B1970">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00140819">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B1970" w:rsidRPr="00C33D60" w14:paraId="7AEC91B0" w14:textId="77777777" w:rsidTr="004712EC">
-[...4 lines deleted...]
-          <w:p w14:paraId="682A25C9" w14:textId="77777777" w:rsidR="000B1970" w:rsidRPr="00140819" w:rsidRDefault="000B1970" w:rsidP="000B1970">
+      <w:tr w:rsidR="000B1970" w:rsidRPr="00C33D60" w14:paraId="7AEC91B0" w14:textId="77777777" w:rsidTr="006F6DDD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1600" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="682A25C9" w14:textId="64141853" w:rsidR="000B1970" w:rsidRPr="00140819" w:rsidRDefault="006F6DDD" w:rsidP="000B1970">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00140819">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>PHV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1612" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="33F87C24" w14:textId="77777777" w:rsidR="000B1970" w:rsidRPr="00140819" w:rsidRDefault="000B1970" w:rsidP="000B1970">
+            <w:tcW w:w="1608" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33F87C24" w14:textId="537DEE50" w:rsidR="000B1970" w:rsidRPr="00140819" w:rsidRDefault="006F6DDD" w:rsidP="000B1970">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00140819">
-[...93 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>Caddy</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="342B446B" w14:textId="77777777" w:rsidR="000B1970" w:rsidRPr="00140819" w:rsidRDefault="000B1970" w:rsidP="000B1970">
+              <w:t>PHV1909</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1687" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EBF4F09" w14:textId="55B07B05" w:rsidR="000B1970" w:rsidRPr="006F6DDD" w:rsidRDefault="006F6DDD" w:rsidP="006F6DDD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F6DDD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>YS15 UDH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2230" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C4803ED" w14:textId="54F2F078" w:rsidR="000B1970" w:rsidRPr="006F6DDD" w:rsidRDefault="006F6DDD" w:rsidP="006F6DDD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F6DDD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>121 PJH Travel</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1827" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21CB9E60" w14:textId="37AAA965" w:rsidR="000B1970" w:rsidRPr="006F6DDD" w:rsidRDefault="006F6DDD" w:rsidP="006F6DDD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F6DDD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>07730467659</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1460" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B878558" w14:textId="052BF5DD" w:rsidR="000B1970" w:rsidRPr="006F6DDD" w:rsidRDefault="006F6DDD" w:rsidP="006F6DDD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F6DDD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ford</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29C1F780" w14:textId="77777777" w:rsidR="006F6DDD" w:rsidRPr="006F6DDD" w:rsidRDefault="006F6DDD" w:rsidP="006F6DDD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F6DDD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Transit</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39134AD9" w14:textId="04B10ECF" w:rsidR="000B1970" w:rsidRPr="006F6DDD" w:rsidRDefault="000B1970" w:rsidP="006F6DDD">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-              </w:rPr>
-[...148 lines deleted...]
-          <w:p w14:paraId="695608C9" w14:textId="77777777" w:rsidR="000B1970" w:rsidRPr="00140819" w:rsidRDefault="000B1970" w:rsidP="000B1970">
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="342B446B" w14:textId="7F2EAF2F" w:rsidR="000B1970" w:rsidRPr="00140819" w:rsidRDefault="006F6DDD" w:rsidP="000B1970">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00140819">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>400</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B1970" w:rsidRPr="00C33D60" w14:paraId="622D80E9" w14:textId="77777777" w:rsidTr="004712EC">
-[...4 lines deleted...]
-          <w:p w14:paraId="22711424" w14:textId="77777777" w:rsidR="000B1970" w:rsidRPr="00140819" w:rsidRDefault="000B1970" w:rsidP="000B1970">
+      <w:tr w:rsidR="000B1970" w:rsidRPr="00C33D60" w14:paraId="249BFBFC" w14:textId="77777777" w:rsidTr="006F6DDD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1600" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="609DFE74" w14:textId="28416A48" w:rsidR="000B1970" w:rsidRPr="00140819" w:rsidRDefault="006F6DDD" w:rsidP="000B1970">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00140819">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>PHV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1612" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="671E7DD2" w14:textId="77777777" w:rsidR="000B1970" w:rsidRPr="00140819" w:rsidRDefault="000B1970" w:rsidP="000B1970">
+            <w:tcW w:w="1608" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2837892D" w14:textId="4E9C3017" w:rsidR="000B1970" w:rsidRPr="00140819" w:rsidRDefault="006F6DDD" w:rsidP="000B1970">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00140819">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>PHV2126</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1688" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="17CDCBD7" w14:textId="77777777" w:rsidR="000B1970" w:rsidRPr="00140819" w:rsidRDefault="000B1970" w:rsidP="000B1970">
+            <w:tcW w:w="1687" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75963F70" w14:textId="6E6C58EA" w:rsidR="000B1970" w:rsidRPr="006F6DDD" w:rsidRDefault="006F6DDD" w:rsidP="006F6DDD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F6DDD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>AE66 USD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2230" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="200C9F74" w14:textId="0A7566BC" w:rsidR="000B1970" w:rsidRPr="006F6DDD" w:rsidRDefault="006F6DDD" w:rsidP="006F6DDD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F6DDD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>121 PJH Travel</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1827" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F4DF10C" w14:textId="29315671" w:rsidR="000B1970" w:rsidRPr="006F6DDD" w:rsidRDefault="006F6DDD" w:rsidP="006F6DDD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F6DDD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>07730467659</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1460" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C250CEA" w14:textId="0283C8CD" w:rsidR="000B1970" w:rsidRPr="006F6DDD" w:rsidRDefault="006F6DDD" w:rsidP="006F6DDD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F6DDD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ford</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63E23476" w14:textId="77777777" w:rsidR="006F6DDD" w:rsidRPr="006F6DDD" w:rsidRDefault="006F6DDD" w:rsidP="006F6DDD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F6DDD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Transit</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="046D1F4A" w14:textId="18BA7FAD" w:rsidR="000B1970" w:rsidRPr="006F6DDD" w:rsidRDefault="000B1970" w:rsidP="000B1970">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-              </w:rPr>
-[...89 lines deleted...]
-          <w:p w14:paraId="1EC0B6B2" w14:textId="77777777" w:rsidR="000B1970" w:rsidRPr="00140819" w:rsidRDefault="000B1970" w:rsidP="000B1970">
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="695608C9" w14:textId="3226032A" w:rsidR="000B1970" w:rsidRPr="00140819" w:rsidRDefault="006F6DDD" w:rsidP="000B1970">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00140819">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B1970" w:rsidRPr="00C33D60" w14:paraId="71D72D8B" w14:textId="77777777" w:rsidTr="004712EC">
-[...4 lines deleted...]
-          <w:p w14:paraId="03E95A1B" w14:textId="77777777" w:rsidR="000B1970" w:rsidRPr="00140819" w:rsidRDefault="000B1970" w:rsidP="000B1970">
+      <w:tr w:rsidR="000B1970" w:rsidRPr="00C33D60" w14:paraId="622D80E9" w14:textId="77777777" w:rsidTr="006F6DDD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1600" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22711424" w14:textId="2BBC8A66" w:rsidR="000B1970" w:rsidRPr="00140819" w:rsidRDefault="006F6DDD" w:rsidP="000B1970">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00140819">
-[...11 lines deleted...]
-          <w:p w14:paraId="2A326A51" w14:textId="77777777" w:rsidR="000B1970" w:rsidRPr="00140819" w:rsidRDefault="000B1970" w:rsidP="000B1970">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>PHV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="671E7DD2" w14:textId="75B68586" w:rsidR="000B1970" w:rsidRPr="00140819" w:rsidRDefault="006F6DDD" w:rsidP="000B1970">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00140819">
-[...11 lines deleted...]
-          <w:p w14:paraId="6B257B37" w14:textId="77777777" w:rsidR="000B1970" w:rsidRPr="00140819" w:rsidRDefault="000B1970" w:rsidP="000B1970">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>PHV2132</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1687" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17CDCBD7" w14:textId="4D9BEAA4" w:rsidR="000B1970" w:rsidRPr="006F6DDD" w:rsidRDefault="006F6DDD" w:rsidP="006F6DDD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F6DDD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>AE66 URS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2230" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D11B5D2" w14:textId="0BD52191" w:rsidR="000B1970" w:rsidRPr="006F6DDD" w:rsidRDefault="006F6DDD" w:rsidP="006F6DDD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F6DDD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>121 PJH Travel</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1827" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B791467" w14:textId="64CE0337" w:rsidR="000B1970" w:rsidRPr="006F6DDD" w:rsidRDefault="006F6DDD" w:rsidP="006F6DDD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F6DDD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>07730467659</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1460" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F108877" w14:textId="14BB05B7" w:rsidR="000B1970" w:rsidRPr="006F6DDD" w:rsidRDefault="006F6DDD" w:rsidP="006F6DDD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F6DDD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ford</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="113B4051" w14:textId="77777777" w:rsidR="006F6DDD" w:rsidRPr="006F6DDD" w:rsidRDefault="006F6DDD" w:rsidP="006F6DDD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F6DDD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Transit</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="284FF6ED" w14:textId="6D52E3E9" w:rsidR="000B1970" w:rsidRPr="006F6DDD" w:rsidRDefault="000B1970" w:rsidP="000B1970">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-              </w:rPr>
-[...89 lines deleted...]
-          <w:p w14:paraId="172E9A03" w14:textId="77777777" w:rsidR="000B1970" w:rsidRPr="00140819" w:rsidRDefault="000B1970" w:rsidP="000B1970">
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EC0B6B2" w14:textId="606AE974" w:rsidR="000B1970" w:rsidRPr="00140819" w:rsidRDefault="006F6DDD" w:rsidP="000B1970">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00140819">
-[...3 lines deleted...]
-              <w:t>240</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B1970" w:rsidRPr="00C33D60" w14:paraId="7B83D453" w14:textId="77777777" w:rsidTr="004712EC">
-[...4 lines deleted...]
-          <w:p w14:paraId="66FB2022" w14:textId="77777777" w:rsidR="000B1970" w:rsidRPr="00140819" w:rsidRDefault="000B1970" w:rsidP="000B1970">
+      <w:tr w:rsidR="000B1970" w:rsidRPr="00C33D60" w14:paraId="71D72D8B" w14:textId="77777777" w:rsidTr="006F6DDD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1600" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03E95A1B" w14:textId="17E1F485" w:rsidR="000B1970" w:rsidRPr="00140819" w:rsidRDefault="006F6DDD" w:rsidP="000B1970">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00140819">
-[...11 lines deleted...]
-          <w:p w14:paraId="4B0CB542" w14:textId="77777777" w:rsidR="000B1970" w:rsidRPr="00140819" w:rsidRDefault="000B1970" w:rsidP="000B1970">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>PHV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1608" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A326A51" w14:textId="0227B4FA" w:rsidR="000B1970" w:rsidRPr="00140819" w:rsidRDefault="006F6DDD" w:rsidP="000B1970">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00140819">
-[...11 lines deleted...]
-          <w:p w14:paraId="419276F3" w14:textId="5667ADE8" w:rsidR="000B1970" w:rsidRPr="00140819" w:rsidRDefault="004E6AA1" w:rsidP="000B1970">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>PHV2194</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1687" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B257B37" w14:textId="71856320" w:rsidR="000B1970" w:rsidRPr="006F6DDD" w:rsidRDefault="006F6DDD" w:rsidP="006F6DDD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F6DDD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>DK17 AZT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2230" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17F4EC5D" w14:textId="386167BA" w:rsidR="000B1970" w:rsidRPr="006F6DDD" w:rsidRDefault="006F6DDD" w:rsidP="006F6DDD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F6DDD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Fleetwood Cab Co</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1827" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A1C572C" w14:textId="4E5E50D6" w:rsidR="000B1970" w:rsidRPr="006F6DDD" w:rsidRDefault="006F6DDD" w:rsidP="006F6DDD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F6DDD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>01253872222</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1460" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C48ECFB" w14:textId="65D6FB85" w:rsidR="000B1970" w:rsidRPr="006F6DDD" w:rsidRDefault="006F6DDD" w:rsidP="006F6DDD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F6DDD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Volkswagen</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FB2B2B3" w14:textId="77777777" w:rsidR="006F6DDD" w:rsidRPr="006F6DDD" w:rsidRDefault="006F6DDD" w:rsidP="006F6DDD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F6DDD">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Caddy</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34B8234A" w14:textId="0EDB017A" w:rsidR="000B1970" w:rsidRPr="006F6DDD" w:rsidRDefault="000B1970" w:rsidP="000B1970">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-              </w:rPr>
-[...89 lines deleted...]
-          <w:p w14:paraId="383C4730" w14:textId="77777777" w:rsidR="000B1970" w:rsidRPr="00140819" w:rsidRDefault="000B1970" w:rsidP="000B1970">
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1939" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="172E9A03" w14:textId="22294DA7" w:rsidR="000B1970" w:rsidRPr="00140819" w:rsidRDefault="006F6DDD" w:rsidP="000B1970">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00140819">
-[...114 lines deleted...]
-            </w:pPr>
             <w:r>
-              <w:rPr>
-[...659 lines deleted...]
-            <w:r w:rsidRPr="00140819">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="35D8B0A7" w14:textId="77777777" w:rsidR="00C33D60" w:rsidRPr="00C33D60" w:rsidRDefault="00C33D60" w:rsidP="00B93A73">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C33D60" w:rsidRPr="00C33D60" w:rsidSect="00907C29">
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="707" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="14F2C99A" w14:textId="77777777" w:rsidR="00B93A73" w:rsidRDefault="00B93A73" w:rsidP="00907C29">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="72C72D92" w14:textId="77777777" w:rsidR="00B93A73" w:rsidRDefault="00B93A73" w:rsidP="00907C29">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5FE043FF" w14:textId="77777777" w:rsidR="00B93A73" w:rsidRDefault="00B93A73">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="008FCAAE" w14:textId="77777777" w:rsidR="00B93A73" w:rsidRDefault="00B93A73" w:rsidP="00907C29">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="05785E58" w14:textId="77777777" w:rsidR="00B93A73" w:rsidRDefault="00B93A73" w:rsidP="00907C29">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C33D60"/>
     <w:rsid w:val="000451CC"/>
     <w:rsid w:val="0008460A"/>
     <w:rsid w:val="000933E0"/>
     <w:rsid w:val="000B1970"/>
     <w:rsid w:val="000D111E"/>
     <w:rsid w:val="0010404D"/>
     <w:rsid w:val="0012186E"/>
     <w:rsid w:val="00140819"/>
     <w:rsid w:val="001D0AB7"/>
     <w:rsid w:val="001F7D3C"/>
     <w:rsid w:val="002025C4"/>
     <w:rsid w:val="002F24EB"/>
     <w:rsid w:val="00306CD7"/>
     <w:rsid w:val="003340F4"/>
     <w:rsid w:val="00383DD3"/>
     <w:rsid w:val="003C3E2A"/>
     <w:rsid w:val="00432213"/>
     <w:rsid w:val="004712EC"/>
     <w:rsid w:val="004E6AA1"/>
     <w:rsid w:val="00575FEF"/>
     <w:rsid w:val="0057677D"/>
     <w:rsid w:val="00583B92"/>
     <w:rsid w:val="00586473"/>
     <w:rsid w:val="005A78E7"/>
     <w:rsid w:val="005B6C88"/>
     <w:rsid w:val="00600DE4"/>
     <w:rsid w:val="00622099"/>
     <w:rsid w:val="00647EED"/>
+    <w:rsid w:val="006F6DDD"/>
     <w:rsid w:val="00702372"/>
     <w:rsid w:val="007055A4"/>
     <w:rsid w:val="007068B6"/>
     <w:rsid w:val="00771421"/>
     <w:rsid w:val="007D58E2"/>
     <w:rsid w:val="00817BCA"/>
     <w:rsid w:val="008420C9"/>
     <w:rsid w:val="00857639"/>
     <w:rsid w:val="008945CA"/>
     <w:rsid w:val="008E017C"/>
     <w:rsid w:val="00907C29"/>
     <w:rsid w:val="00945381"/>
     <w:rsid w:val="009A7FFD"/>
     <w:rsid w:val="009E5466"/>
     <w:rsid w:val="009E7A06"/>
     <w:rsid w:val="00A30749"/>
     <w:rsid w:val="00A41F74"/>
     <w:rsid w:val="00A505CA"/>
+    <w:rsid w:val="00AF30DB"/>
     <w:rsid w:val="00B36FAD"/>
     <w:rsid w:val="00B93A73"/>
     <w:rsid w:val="00C1555C"/>
     <w:rsid w:val="00C33BDB"/>
     <w:rsid w:val="00C33D60"/>
     <w:rsid w:val="00D34A02"/>
     <w:rsid w:val="00D86616"/>
     <w:rsid w:val="00DC5C5D"/>
     <w:rsid w:val="00EA28A4"/>
     <w:rsid w:val="00EC4A09"/>
     <w:rsid w:val="00ED18F3"/>
     <w:rsid w:val="00ED28A9"/>
     <w:rsid w:val="00F22DF5"/>
     <w:rsid w:val="00FA345C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5EBC577D"/>
   <w15:docId w15:val="{87A148F6-78F1-47FC-95B1-BBB904BAE708}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3146,51 +2383,51 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00907C29"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00600DE4"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:noProof/>
       <w:sz w:val="24"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
@@ -3446,66 +2683,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>171</Words>
-  <Characters>978</Characters>
+  <Words>139</Words>
+  <Characters>690</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>98</Lines>
+  <Paragraphs>92</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Wyre Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1147</CharactersWithSpaces>
+  <CharactersWithSpaces>737</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Ferguson, Christa</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>